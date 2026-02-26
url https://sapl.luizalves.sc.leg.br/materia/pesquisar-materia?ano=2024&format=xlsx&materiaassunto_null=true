--- v0 (2026-01-12)
+++ v1 (2026-02-26)
@@ -765,51 +765,51 @@
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3594/indicacao_no_56-2024.pdf</t>
   </si>
   <si>
     <t>Determinar o setor competente para que proceda a macadamização e patrolamento da Rua Antônio Schmitt, bairro Dom Bosco.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Determinar o setor competente para que proceda a limpeza com roçadas, próximo aos muros da creche de Ribeirão do Padre.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>Lucas Schmitt Erbs, Bertolino Bachmann, Ênio, Felipe Brás Luciani, Perci Bompani, Susana Müller Campigotto, Teresinha Goedert Bork</t>
+    <t>Lucas Schmitt Erbs, Bertolino Bachmann, Ênio Ronchi Júnior (Juninho), Felipe Brás Luciani, Perci Bompani, Susana Müller Campigotto, Teresinha Goedert Bork</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3600/indicacao_no_58-2024.pdf</t>
   </si>
   <si>
     <t>Determinar a Secretaria competente para que proceda a construção de duas faixas elevadas de pedestres , uma na Avenida Maria Marangoni e outra na entrada da rua que segue para o Braço da Onça, onde há o entroncamento com a Rua Dom Bosco.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3605/indicacao_no_59-2024.pdf</t>
   </si>
   <si>
     <t>Determinar o setor competente para que proceda a um estudo de viabilidade de aumentar a quantia de coleta de lixo no bairro Vila do Salto.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>60</t>
   </si>
@@ -1495,51 +1495,51 @@
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Determinar o setor competente para que proceda a macadamização e patrolamento da Rua Aristides Bonelli, Bairro Santana.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3856/indicacao_no_118-2024.pdf</t>
   </si>
   <si>
     <t>Determinar o setor competente para que proceda as roçadas nas Ruas Álida Bressanini e Leontina Schopping, Rio Canoas.</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>Ênio</t>
+    <t>Ênio Ronchi Júnior (Juninho)</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3862/indicacao_no_119-2024.pdf</t>
   </si>
   <si>
     <t>Determinar o setor competente para que proceda a construção de duas lombadas na Rua 03 de janeiro, localizada no Bairro Dom Bosco.</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3869/indicacao_no_120-2024.pdf</t>
   </si>
   <si>
     <t>Determinar o setor competente para que proceda a remoção de barreira que caiu próximo à propriedade do Senhor Dário na Rua Antônio Pauly, em Rio Canoas.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
     <t>121</t>
   </si>
@@ -1825,51 +1825,51 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3462/projeto_de_lei_-_altera_a_lei_2049.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n.º 2.049, de 19 de outubro de 2023</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3470/projeto_de_lei_no_02-2024_utilidade_publica_sociedade_duque_de_caxias.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Sociedade Esportiva Recreativa e Cultural Duque de Caxias.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>Bertolino Bachmann, Ênio, Felipe Brás Luciani, Jorge Soares da Silva Winter, Lucas Schmitt Erbs, Mesa Diretora- MD, Perci Bompani, Roseli, Susana Müller Campigotto, Teresinha Goedert Bork</t>
+    <t>Bertolino Bachmann, Ênio Ronchi Júnior (Juninho), Felipe Brás Luciani, Jorge Soares da Silva Winter, Lucas Schmitt Erbs, Mesa Diretora- MD, Perci Bompani, Roseli, Susana Müller Campigotto, Teresinha Goedert Bork</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3471/projeto_de_lei_no_03-2024_utilidade_publica_ama.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação dos Amigos Autistas de Luiz Alves – AMA Luiz Alves.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>Mesa Diretora- MD</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3488/projeto_de_lei_no_04-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o percentual do IPCA acumulado no ano de 2023 para fins de revisão geral anual de vencimentos aos servidores ativos, inativos e pensionistas e agentes políticos da Câmara Municipal de Luiz Alves/SC.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3496/projeto_de_lei_-_institui_o_incentivo_de_coordenacao_aos_profissionais_enfermeiros.pdf</t>
   </si>
@@ -2041,51 +2041,51 @@
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3621/projeto_de_lei_-_credito_suplementar_excesso_de_arrecadacao_-_saude.pdf</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3622/projeto_de_lei_-_denomina_via_publica_-_rua_vicente_meurer.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de via pública municipal – Rua Vicente Meurer, localizada no bairro Braço Elza.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3624/projeto_de_lei_imas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>Mesa Diretora- MD, Bertolino Bachmann, Ênio, Everly Mais Paulo, Felipe Brás Luciani, Lucas Schmitt Erbs, Perci Bompani, Roseli, Susana Müller Campigotto, Teresinha Goedert Bork</t>
+    <t>Mesa Diretora- MD, Bertolino Bachmann, Ênio Ronchi Júnior (Juninho), Everly Mais Paulo, Felipe Brás Luciani, Lucas Schmitt Erbs, Perci Bompani, Roseli, Susana Müller Campigotto, Teresinha Goedert Bork</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3632/projeto_de_lei_no_27.pdf</t>
   </si>
   <si>
     <t>Fixa a remuneração do Prefeito, Vice-prefeito, Vereadores e Secretários municipais de Luiz Alves para o quadriênio 2025 a 2028.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3640/projeto_de_lei_-_denomina_via_publica_-_ruas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de vias públicas municipais do Loteamento Residencial Meurer</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3641/projeto_de_lei_no_29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública municipal – Rua José Antônio Rech, na localidade Braço Gavião.</t>
   </si>
@@ -5107,51 +5107,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3612/decreto_legislativo_no_01-2024_aprovacao_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3448/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3449/indicacao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3450/indicacao_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3451/indicacao_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3452/indicacao_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3453/indicacao_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3458/indicacao_07-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3460/indicacao_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3461/indicacao_n.o_09-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3463/indicacao_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3465/indicacao_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3473/indicacao_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3474/indicacao_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3475/indicacao_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3476/indicacao_n.o_15-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3478/indicacao_n.o_16-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3479/indicacao_n.o_17-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3482/indicacao_n.o_18-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3483/indicacao_n.o_19-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3484/indicacao_no_20-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3485/indicacao_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3486/indicacao_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3487/indicacao_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3498/indicacao_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3500/indicacao_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3505/indicacao_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3509/indicacao_n.o_27-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3514/indicacao_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3515/indicacao_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3519/indicacao_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3525/indicacao_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3526/indicacao_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3527/indicacao_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3534/indicacao_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3535/indicacao_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3536/indicacao_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3542/indicacao_no_37-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3555/indicacao_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3552/indicacao_no_40-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3554/indicacao_no_41-2024_-.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3559/indicacao_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3560/indicacao_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3565/indicacao_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3566/indicacao_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3568/indicacao_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3567/indicacao_no_47-2024.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3578/indicacao_no_49-2024.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3579/indicacao_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3584/indicacao_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3588/indicacao_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3591/indicacao_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3592/indicacao_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3594/indicacao_no_56-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3600/indicacao_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3605/indicacao_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3608/indicacao_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3615/indicacao_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3623/indicacao_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3633/indicacao_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3636/indicacao_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3637/indicacao_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3639/indicacao_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3643/indicacao_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3644/indicacao_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3645/indicacao_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3646/indicacao_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3647/indicacao_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3654/indicacao_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3655/indicacao_no_73-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3656/indicacao_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3664/indicacao_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3665/indicacao_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3674/indicacao_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3675/indicacao_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3679/indicacao_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3683/indicacao_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3689/indicacao_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3701/indicacao_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3703/indicacao_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3706/indicacao_no_86-2024_-.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3707/indicacao_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3711/indicacao_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3722/indicacao_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3734/indicacao_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3736/indicacao_no_91-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3737/indicacao_no_92-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3740/indicacao_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3741/indicacao_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3747/indicacao_no_95-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3749/indicacao_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3758/indicacao_no_97-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3769/indicacao_no_98-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3771/indicacao_no_99-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3772/indicacao_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3780/indicacao_no_101-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3781/indicacao_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3783/indicacao_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3802/indicacao_no_104-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3804/indicacao_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3806/indicacao_no_106-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3808/indicacao_no_107-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3822/indicacao_no_109-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3824/indicacao_no_110-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3825/indicacao_no_111-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3827/indicacao_no_112-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3828/indicacao_no_113-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3844/indicacao_no_114-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3847/indicacao_no_115-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3854/indicacao_no_116-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3856/indicacao_no_118-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3862/indicacao_no_119-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3869/indicacao_no_120-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3874/indicacao_no_121-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3887/indicacao_no_122-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3888/indicacao_no_123-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3892/indicacao_no_124-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3894/indicacao_no_125-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3507/mocao_no_01-2024_de_aplausos_e_congratulacoes_-_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3541/mocao_no_02-2024_de_aplausos_e_congratulacoes_-_gilberto_silva.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3574/mocao_no_03-2024_de_apelo_pms.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3866/mocao_no_4-2024_-_vinicius_martendal.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3472/projeto_decreto_legislativo_01-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3865/projeto_de_decreto_legislativo_02-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3455/projeto_de_lei_complementar_-_altera_lei_26.2019_magisterio_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3456/projeto_de_lei_complementar_-_altera_a_lc_27.2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3690/projeto_de_lei_complementar_-_altera_a_lc_27.2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3712/projeto_de_lei_complementar_-_altera_lc_06.2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3715/projeto_de_lei_-_altera_lc_26_2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3716/projeto_de_lei_complementar_-_altera_lc_27.2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3742/01._pl_-_altera_lei_46_ok.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3743/02._pl_-_altera_lei_44_ok.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3745/04._pl_-_altera_lei_45_ok.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3746/05._pl_alteracao_lei_43_ok.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3744/03.__pl_-_institui_desdobro_ok.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3755/projeto_de_lei_complementar_-_altera_lc_27.2019_-_02.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3774/projeto_de_lei_-_atribuicoes_secretaria_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3816/projeto_de_lei_-_vinculacao_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3861/projeto_de_lei_-_altera_a_lei_complementar_42.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3864/projeto_de_lei_-_altera_a_lei_complementar_43.2021_3_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3923/projeto_de_lei_complementar_-_altera_lei_60_2022_liberdade_economica_com_ajuste.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3462/projeto_de_lei_-_altera_a_lei_2049.2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3470/projeto_de_lei_no_02-2024_utilidade_publica_sociedade_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3471/projeto_de_lei_no_03-2024_utilidade_publica_ama.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3488/projeto_de_lei_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3496/projeto_de_lei_-_institui_o_incentivo_de_coordenacao_aos_profissionais_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3499/projeto_de_lei_-_altera_a_lei_n._1.713.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3506/projeto_de_lei_no_07-2024_enio_altera_lei_1145-2004.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3518/projeto_de_lei_-_convenio_imas_-_correto.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3520/projeto_de_lei_-_altera_a_lei_698.1991.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3529/projeto_de_lei_-_altera_a_lei_n._1692.2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3530/projeto_de_lei_-_promobis.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3531/projeto_de_lei_-_dispoe_sobre_a_politica_municipal_do_idoso_e_cria_o_conselho_municipal_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3533/projeto_de_lei_-_ampliacao_do_quartel_do_corpo_de_bombeiros_de_luiz_alves.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3539/projeto_de_lei_-_reconhece_despesa_de_exercicio_anterior.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3557/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3571/projeto_de_lei_-_credito_suplementar_anulacao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3577/projeto_de_lei_-_altera_a_lei_2006.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3589/projeto_de_lei_-_denomina_via_publica_-_rua_cristovao_muller.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3590/projeto_de_lei_no_19.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3595/projeto_de_lei_-_credito_suplementar_excesso_de_arrecadacao_-_saude.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3607/projeto_de_lei__-_altera_lei_1700.2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3609/projeto_de_lei_-_convenios_2.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3620/projeto_de_lei_-_convenios_emenda_chiodini.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3621/projeto_de_lei_-_credito_suplementar_excesso_de_arrecadacao_-_saude.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3622/projeto_de_lei_-_denomina_via_publica_-_rua_vicente_meurer.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3624/projeto_de_lei_imas.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3632/projeto_de_lei_no_27.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3640/projeto_de_lei_-_denomina_via_publica_-_ruas.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3641/projeto_de_lei_no_29.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3653/projeto_de_lei_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3660/projeto_de_lei_-_denomina_ponte_abel_erbs.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3661/projeto_de_lei_-_denomina_ponte_irineu_bompani.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3666/projeto_de_lei_-_reconhece_despesa_anterior_-_assistencia.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3678/projeto_de_lei_-_denomina_espaco_publico.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3680/projeto_de_lei_-_denomina_via_publica_-_rua_ivo_junten.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3691/projeto_de_lei_-_ppi_2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3692/projeto_de_lei_-_credito_suplementar_anulacao_26.07.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3713/projeto_de_lei_-_denomina_espaco_publico_aridio_altini.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3714/projeto_de_lei_-_alteracao_apis.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3724/projeto_de_lei_-_altera_anexo_lei_1885.2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3730/projeto_de_lei__dispoe_sobre_o_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3739/projeto_de_lei_-_dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_do_municipio_de_luiz_alves.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3751/pl_no_44-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3756/projeto_de_lei_-_autoriza_chefe_do_poder_executivo_a_firmar_termo_de_cessao_com_epagri.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3775/projeto_de_lei_-_altera_lei_1903.2021_-_rua_elias_bachmann.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3776/projeto_de_lei_-_denomina_via_publica_-_rua_daniel_inacio_vick_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3778/projeto_de_lei_no_47-2024_prolongamento_leontina.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3779/projeto_de_lei_no_48-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3782/projeto_de_lei_-_denomina_via_publica_-_rua_manoel_sebastiao_machado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3784/projeto_de_lei_no_50-2024_lucas_-_seguranca.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3785/projeto_de_lei_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3796/projeto_de_lei_abertura_de_credito_-_folha_saude.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3798/loa_substituicao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3801/projeto_de_lei_cimamfri.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3805/projeto_de_lei_-_reconhece_despesa_nurrevi.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3811/projeto_de_lei_no_56-2024_arnoldo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3812/projeto_de_lei_no_57-2024_antonio.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3813/projeto_de_lei_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3819/projeto_de_lei_no_61-2024_delmo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3820/projeto_de_lei_no_62-2024_jorde_dia_migrante.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3830/projeto_de_lei_-_convenio_pvh_urgencia.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3848/projeto_de_lei_-_denomina_via_publica_-_rua_antonio_alfredo_petry.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3849/projeto_de_lei_-_denomina_via_publica_-_rua_eugenio_reichert_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3850/pl_valdemar.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3851/projeto_de_lei_-_denomina_via_publica_-_rua_da_prata.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3852/pl_rua_longino_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3853/pl_rua_miguel_compressed.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3863/projeto_de_lei_-_denomina_via_publica_-_rua_padre_albano_jose_k.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3871/22.11_projeto_de_lei_-_credito_suplementar_22.11.2024_regime_urgencia.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3872/projeto_de_lei_--_rua_iraci_machado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3873/projeto_de_lei_-_denomina_rua_coberta.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3889/projeto_de_lei_-_denomina_via_publica_-_saulo_1.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3890/projeto_de_lei_-_denomina_via_publica_-_ademir_pereira_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3891/projeto_de_lei_-_denomina_via_publica_-_iolanda_1.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3893/projeto_de_lei_-_denomina_via_publica_-_jose_e._s.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3895/projeto_de_lei_-_denomina_via_publica_-_valdemiro_hermes.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3896/projeto_de_lei__-_altera_lei_2017.2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3897/projeto_de_lei_-_denomina_via_publica_-_augusto_graf.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3898/projeto_de_lei_-_denomina_via_publica_-_ivo_t.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3899/projeto_de_lei_-_denomina_espaco_publico.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3900/projeto_de_lei_-_reconhece_despesa_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3901/projeto_de_lei_-_denomina_via_publica_-_maria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3902/projeto_de_lei_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3908/projeto_de_lei_-_jardim_adelina_clara_hess_de_souza.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3921/projeto_de_lei_-_denomina_via_publica_-_napoleao_vigarani.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3922/projeto_de_lei_-_denomina_via_publica_-_paulo_g.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3924/projeto_de_lei_-_pagamento_em_pecunia_de_ferias_nao_gozadas.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3929/projeto_de_lei_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3469/redacao_final_ao_plc_no_2-2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3480/redacao_final_ao_pl_no_1-2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3490/redacao_final_ao_pl_no_2-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3491/redacao_final_ao_pl_no_3-2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3492/redacao_final_ao_decreto_legislativo_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3501/redacao_final_ao_pl_no_4-2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3502/redacao_final_ao_pl_no_5-2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3503/redacao_final_ao_pl_no_6-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3523/redacao_final_ao_pl_no_8-2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3524/redacao_final_ao_pl_no_9-2024.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3538/redacao_final_ao_pl_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3540/redacao_final_ao_pl_no_7-2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3547/redacao_final_ao_pl_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3548/redacao_final_ao_pl_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3549/redacao_final_ao_pl_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3563/redacao_final_ao_pl_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3573/redacao_final_ao_pl_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3583/redacao_final_ao_pl_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3601/redacao_final_ao_pl_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3602/redacao_final_ao_pl_no_19-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3614/redacao_final_ao_pl_no_20-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3611/redacao_final_ao_pl_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3613/redacao_final_ao_pl_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3625/redacao_final_ao_pl_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3626/redacao_final_ao_pl_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3628/redacao_final_ao_pl_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3629/redacao_final_ao_pl_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3648/redacao_final_ao_pl_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3650/redacao_final_ao_pl_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3651/redacao_final_ao_pl_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3659/redacao_final_ao_pl_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3670/redacao_final_ao_pl_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3671/redacao_final_ao_pl_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3681/redacao_final_ao_pl_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3682/redacao_final_ao_pl_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3695/redacao_final_ao_pl_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3696/redacao_final_ao_pl_no_37-2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3699/redacao_final_ao_plc_no_3-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3719/redacao_final_ao_plc_no_5-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3720/redacao_final_ao_plc_no_6-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3726/redacao_final_ao_pl_no_40-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3727/redacao_final_ao_pl_no_40-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3728/redacao_final_ao_plc_no_4-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3732/redacao_final_ao_pl_no_41-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3760/redacao_final_ao_plc_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3761/redacao_final_ao_pl_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3762/redacao_final_ao_pl_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3763/redacao_final_ao_pl_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3764/redacao_final_ao_plc_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3765/redacao_final_ao_plc_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3766/redacao_final_ao_plc_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3767/redacao_final_ao_plc_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3768/redacao_final_ao_plc_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3788/redacao_final_ao_plc_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3789/redacao_final_ao_pl_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3790/redacao_final_ao_pl_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3791/redacao_final_ao_pl_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3792/redacao_final_ao_pl_no_49-2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3793/redacao_final_ao_pl_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3800/redacao_final_ao_pl_no_52-2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3809/redacao_final_ao_pl_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3833/redacao_final_ao_plc_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3834/redacao_final_ao_pl_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3835/redacao_final_ao_pl_no_48-2024.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3836/redacao_final_ao_pl_no_56-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3837/redacao_final_ao_pl_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3838/redacao_final_ao_pl_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3839/redacao_final_ao_pl_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3840/redacao_final_ao_pl_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3841/redacao_final_ao_pl_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3842/redacao_final_ao_pl_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3843/redacao_final_ao_pl_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3875/redacao_final_ao_pl_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3876/redacao_final_ao_pl_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3877/redacao_final_ao_pl_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3878/redacao_final_ao_pl_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3879/redacao_final_ao_pl_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3880/redacao_final_ao_pl_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3882/redacao_final_ao_pl_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3883/redacao_final_ao_pl_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3884/redacao_final_ao_pl_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3885/redacao_final_ao_pl_no_73-2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3886/redacao_final_ao_plc_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3903/redacao_final_ao_plc_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3904/redacao_final_ao_decreto_legislativo_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3906/redacao_final_ao_pl_no_83-2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3907/redacao_final_ao_pl_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3909/redacao_final_ao_pl_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3910/redacao_final_ao_pl_no_75-2024.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3911/redacao_final_ao_pl_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3912/redacao_final_ao_pl_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3913/redacao_final_ao_pl_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3914/redacao_final_ao_pl_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3915/redacao_final_ao_pl_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3916/redacao_final_ao_pl_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3917/redacao_final_ao_pl_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3918/redacao_final_ao_pl_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3919/redacao_final_ao_pl_no_86-2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3925/redacao_final_ao_plc_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3926/redacao_final_ao_pl_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3927/redacao_final_ao_pl_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3928/redacao_final_ao_pl_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3931/redacao_final_ao_pl_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3447/requerimento_no_01-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3454/requerimento_no_02-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3459/requerimento_no_03-2024_-_bertolino.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3464/requerimento_n.o_04-2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3466/requerimento_no_05-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3467/requerimento_no_06-2023_-_jorge-_dispensa_plc_1_e_2.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3477/requerimento_n.o_07-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3489/requerimento_no_08-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3494/requerimento_no_09-2024_-_bertolino.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3497/requerimento_no_11-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3504/requerimento_no_12-2023_-_jorge-_dispensa_pl_5_e_6.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3510/requerimento_no_13-2024_-_bertolino.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3512/requerimento_n.o_14-2024.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3513/requerimento_n.o_15-2024.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3516/requerimento_no_16-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3517/requerimento_no_17-2024_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3521/requerimento_n.o_18-2024.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3522/requerimento_no_19-2023_-_jorge-_dispensa_pl_8_e_9.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3528/requerimento_no_20-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3532/requerimento_no_21-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3537/requerimento_no_22-2024_-_jorge-_dispensa_pl_10.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3545/requerimento_no_23-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3546/requerimento_no_24-2024_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3550/requerimento_n.o_25-2024.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3553/requerimento_n.o_26-2024.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3556/requerimento_no_27-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3558/requerimento_no_28-2024_-_bertolino.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3562/requerimento_no_30-2024_-_jorge-_dispensa_pl_14.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3569/requerimento_no_31-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3570/requerimento_no_32-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3572/requerimento_no_33-2024_-_jorge-_dispensa_pl_16.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3580/requerimento_no_34-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3581/requerimento_no_35-2024_-_bertolino.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3582/requerimento_no_36-2024_-_jorge-_dispensa_pl_17.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3585/requerimento_n.o_37-2024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3586/requerimento_no__38-2024-_lucas.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3593/requerimento_n.o_39-2024.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3597/requerimento_no_40-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3598/requerimento_n.o_41-2024.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3599/requerimento_no_42-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3617/requerimento_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3618/requerimento_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3619/requerimento_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3616/requerimento_no_47-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3627/requerimento_no_48-2024_-_everly_dispensa_pl_22.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3630/requerimento_no_49-2024_-_everly_dispensa_pl_24.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3634/requerimento_no_50-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3635/requerimento_no_51-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3642/requerimento_no_52-2024_-_bertolino.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3649/requerimento_no_53-2024_-_jorge_urgencia_e_dispensa_pl_29.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3657/requerimento_no_54-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3658/requerimento_no_55-2024_-_jorge_dispensa_pl_30.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3663/requerimento_n.o56-2024.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3667/requerimento_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3672/requerimento_n.o58-2024.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3673/requerimento_n.o59-2024.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3676/requerimento_n.o60-2024.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3677/requerimento_n.o_61-2024.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3684/requerimento_no_62-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3685/requerimento_n.o_63_-_2024.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3686/requerimento_no_64-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3687/requerimento_no_65-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3688/requerimento_no_66-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3693/requerimento_no_67-2024_-_jorge_dispensa_pl_36.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3694/requerimento_no_68-2024_-_jorge_dispensa_pl_37_e_plc_3.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3702/requerimento_no_69-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3704/requerimento_no_70-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3705/requerimento_no_71-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3708/requerimento_no_72-2024_-_enio.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3709/requerimento_no_73-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3710/requerimento_no_74-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3717/requerimento_no_75-2024_-_eunilton_dispensa_plc__05_e_06.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3718/requerimento_no_76-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3721/requerimento_n.o_77-2024.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3723/requerimento_n.o_78-2024.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3725/requerimento_no_79-2024_-_eunilton_dispensa_plc__04.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3729/requerimento_n.o__80-2024.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3731/requerimento_no_81-2024_-_eunilton_dispensa_pl_41.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3735/requerimento_no_82-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3738/requerimento_no_83-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3748/requerimento_n.o_84-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3750/requerimento_no_85-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3752/requerimento_no_86-2024_-_lucas.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3753/requerimento_n.o__87-2024.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3754/requerimento_n.o__88-2024.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3757/requerimento_n.o__89-2024.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3759/requerimento_no_90-2024_-_jorge_dispensa_plc_12.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3770/requerimento_n.o__91-2024.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3797/requerimento_no_92-2024_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3799/requerimento_no_93-2024_-_jorge_dispensa_pl_52_54_55.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3807/requerimento_n.o__94-2024.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3823/requerimento_n.o__95-2024.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3826/requerimento_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3829/requerimento_no_97-2024_-_bertolino.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3832/requerimento_no_98-2024_-_jorge_dispensa_pl_63.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3845/requerimento_n.o__99-2024.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3846/requerimento_n.o__100-2024.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3870/requerimento_no_101-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3905/requerimento_no_102-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3920/requerimento_no_103-2024_jorge.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3930/requerimento_no_104-2024_-_jorge_dispensa_pl_90.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3457/portaria_01_2024_comissoes_-_publicar.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3481/resolucao_md_01-2024_-_viagem_brasilia.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3493/resolucao_md_02-2024_-_enio_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3508/resolucao_md_03-2024_-_prorrogacao_nailla.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3551/resolucao_md_04-2024_-_jorge_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3604/resolucao_md_05-2024_-_susana_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3606/resolucao_md_06-2024_-_roseli_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3631/resolucao_md_07-2024_-_transferencia_moveis_cadeiras.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3638/resolucao_md_08-2024_-_viagem_brasilia_lucas.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3652/resolucao_md_09-2024_-_viagem_brasilia_rose_enio_e_jorge.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3668/resolucao_md_10-2024_-_jorge_e_enio_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3697/resolucao_md_11-2024_-_suspensao_transmissao.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3698/resolucao_md_12-2024_-_26_sessao_horario_sessao.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3773/resolucao_md_13-2024_-_cancelamento_sessao.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3777/resolucao_md_14-2024_-_aluno_nota_10.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3787/resolucao_md_15-2024_-_viagem_brasilia_enio.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3814/resolucao_md_16-2024_-_jorge_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3815/resolucao_md_17-2024_-_viagem_brasilia_lucas.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3857/resolucao_md_18-2024_-_viagem_brasilia_bertolino.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3858/resolucao_md_19-2024_-_viagem_brasilia_jorge_e_susana.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3859/resolucao_md_20-2024_-_40_sessao_horario_sessao.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3860/resolucao_md_21-2024_-_viagem_brasilia_roseli.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luizalves.sc.leg.br/media/sapl/public/materialegislativa/2024/3786/veto_parcial_.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H476"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="167.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="188.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="178.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>